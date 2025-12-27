--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -744,87 +744,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe procesy biochemiczne zachodzące podczas rozkładu związków organicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy biochemiczne zachodzące podczas rozkładu związków organicznych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat testów biodegradacji i toksyczności jako podstawy certyfikacji produktów handlowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -835,336 +905,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat testów biodegradacji i toksyczności jako podstawy certyfikacji produktów handlowych</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przeanalizować, opisać i ocenić przebieg procesów biologicznych w systemach zaopatrzenia w wodę i odprowadzania ścieków, gospodarce odpadami oraz rekultywacji terenów zdegradowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
+        <w:t xml:space="preserve">testy podczas zajęć laboratoryjnych, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przeanalizować, opisać i ocenić przebieg procesów biologicznych w systemach zaopatrzenia w wodę i odprowadzania ścieków, gospodarce odpadami oraz rekultywacji terenów zdegradowanych</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować rolę procesów biologicznych w inzynierii środowiska, w tym inżynierii i gospodarce wodnej, gospodarce odpadami, bioremediacji gruntów i oczyszczaniu gazów odlotowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">testy podczas zajęć laboratoryjnych, dyskusja</w:t>
+        <w:t xml:space="preserve">testy z ćwiczeń laboratoryjnych, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować rolę procesów biologicznych w inzynierii środowiska, w tym inżynierii i gospodarce wodnej, gospodarce odpadami, bioremediacji gruntów i oczyszczaniu gazów odlotowych</w:t>
+        <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">testy z ćwiczeń laboratoryjnych, dyskusja</w:t>
+        <w:t xml:space="preserve">odpowiedź ustna lub pisemna podczas zajęć, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>