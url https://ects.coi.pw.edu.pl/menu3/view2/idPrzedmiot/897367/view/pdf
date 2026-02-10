--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -744,427 +744,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe procesy biochemiczne zachodzące podczas rozkładu związków organicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat testów biodegradacji i toksyczności jako podstawy certyfikacji produktów handlowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy biochemiczne zachodzące podczas rozkładu związków organicznych</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przeanalizować, opisać i ocenić przebieg procesów biologicznych w systemach zaopatrzenia w wodę i odprowadzania ścieków, gospodarce odpadami oraz rekultywacji terenów zdegradowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
+        <w:t xml:space="preserve">testy podczas zajęć laboratoryjnych, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat testów biodegradacji i toksyczności jako podstawy certyfikacji produktów handlowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować rolę procesów biologicznych w inzynierii środowiska, w tym inżynierii i gospodarce wodnej, gospodarce odpadami, bioremediacji gruntów i oczyszczaniu gazów odlotowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
+        <w:t xml:space="preserve">testy z ćwiczeń laboratoryjnych, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przeanalizować, opisać i ocenić przebieg procesów biologicznych w systemach zaopatrzenia w wodę i odprowadzania ścieków, gospodarce odpadami oraz rekultywacji terenów zdegradowanych</w:t>
+        <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">testy podczas zajęć laboratoryjnych, dyskusja</w:t>
+        <w:t xml:space="preserve">odpowiedź ustna lub pisemna podczas zajęć, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>