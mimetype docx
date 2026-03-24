--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -884,67 +884,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdziany z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -980,51 +980,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować rolę procesów biologicznych w inzynierii środowiska, w tym inżynierii i gospodarce wodnej, gospodarce odpadami, bioremediacji gruntów i oczyszczaniu gazów odlotowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>