--- v0 (2025-11-30)
+++ v1 (2025-12-27)
@@ -786,621 +786,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych realizowanych w urządzeniach sprężarkowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe z ćwiczeń, Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych realizowanych w urządzeniach sprężarkowych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych i pomp ciepła stosowanych w systemach klimatyzacyjnych i grzewczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe z ćwiczeń, Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W19, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych i pomp ciepła stosowanych w systemach klimatyzacyjnych i grzewczych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W19, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia cieplne dotyczące sprężarkowych obiegów chłodniczych i pomp ciepła, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>