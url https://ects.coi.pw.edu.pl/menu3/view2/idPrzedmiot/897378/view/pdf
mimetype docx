--- v1 (2025-12-27)
+++ v2 (2026-01-13)
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych realizowanych w urządzeniach sprężarkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -996,411 +996,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia cieplne dotyczące sprężarkowych obiegów chłodniczych i pomp ciepła, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>