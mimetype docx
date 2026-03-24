--- v2 (2026-01-13)
+++ v3 (2026-03-24)
@@ -926,481 +926,481 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia cieplne dotyczące sprężarkowych obiegów chłodniczych i pomp ciepła, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>