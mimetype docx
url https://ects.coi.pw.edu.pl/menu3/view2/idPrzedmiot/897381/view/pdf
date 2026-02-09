--- v0 (2025-12-02)
+++ v1 (2026-02-09)
@@ -845,315 +845,315 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W12, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W20, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W12, IS_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">IS_W09, IS_W20, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1348,51 +1348,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny stanu istniejących wymienników ciepła w węzłach cieplnych.
 Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny charakterystyki cieplnej grzejników płaszczyznowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1483,67 +1483,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie i w zespole przeprowadzić badania elementów systemu ogrzewczego, ocenić ich stan techniczny i aspekty pozatechniczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>