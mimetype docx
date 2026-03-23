--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -829,87 +829,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W20, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -928,58 +998,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -998,162 +1068,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie zajęć, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W20, IS_W12</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_W20, IS_W12, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W09, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1348,51 +1348,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny stanu istniejących wymienników ciepła w węzłach cieplnych.
 Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny charakterystyki cieplnej grzejników płaszczyznowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>