--- v0 (2025-12-27)
+++ v1 (2026-01-12)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do usuwania domieszek powodujących twardość i zasolenie wody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,51 +1138,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U12, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>