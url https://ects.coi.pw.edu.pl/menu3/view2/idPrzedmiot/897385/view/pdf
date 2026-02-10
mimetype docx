--- v1 (2026-01-12)
+++ v2 (2026-02-10)
@@ -988,51 +988,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1122,137 +1122,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U12, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić oczyszczanie ścieków pochodzących z przemysłu lakierniczego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>