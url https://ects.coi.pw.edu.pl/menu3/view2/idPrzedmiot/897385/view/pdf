--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -832,67 +832,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do usuwania domieszek powodujących twardość i zasolenie wody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,51 +988,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1192,67 +1192,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U12, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić oczyszczanie ścieków pochodzących z przemysłu lakierniczego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>