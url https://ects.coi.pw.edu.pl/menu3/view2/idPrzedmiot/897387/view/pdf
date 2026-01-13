--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie z wykorzystaniem programów wspomagających, modelować uklady sieciowe, pompownie, urządzenia i sieci Wod-Kan., zadana inżynierskie w zakresie właściwości statyczne i dynamiczne podstawowych procesów Wod-Kan do opracowania odpowiednich układów, potrafi wykorzystać metody analityczne, symulacyjne oraz eksperymentalne, do formułowania i rozwiązywania zadań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za wspólnie realizowane zadania, związane z pracą zespołową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>