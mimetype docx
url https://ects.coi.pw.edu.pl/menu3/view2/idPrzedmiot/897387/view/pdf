--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie z wykorzystaniem programów wspomagających, modelować uklady sieciowe, pompownie, urządzenia i sieci Wod-Kan., zadana inżynierskie w zakresie właściwości statyczne i dynamiczne podstawowych procesów Wod-Kan do opracowania odpowiednich układów, potrafi wykorzystać metody analityczne, symulacyjne oraz eksperymentalne, do formułowania i rozwiązywania zadań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,51 +1051,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć i przeanalizować wartosci skumulowanych wskaźników zapotrzebowania i zużycia wody oraz ilości ścieków i bilansów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>