--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -1051,51 +1051,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć i przeanalizować wartosci skumulowanych wskaźników zapotrzebowania i zużycia wody oraz ilości ścieków i bilansów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>