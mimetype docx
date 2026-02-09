--- v0 (2025-12-02)
+++ v1 (2026-02-09)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja, Dyskusja, Obserwacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi porozumiewać się przy użyciu różnych technik w środowisku zawodowym oraz w innych środowiskach, w języku angielskim lub innym języku obcym uznawanym za język komunikacji międzynarodowej w inżynierii komunalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,51 +986,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności prezentacji specjalistycznych zagadnień inżynierii komunalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>