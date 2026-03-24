--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja, Dyskusja, Obserwacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U01, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi porozumiewać się przy użyciu różnych technik w środowisku zawodowym oraz w innych środowiskach, w języku angielskim lub innym języku obcym uznawanym za język komunikacji międzynarodowej w inżynierii komunalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,51 +986,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności prezentacji specjalistycznych zagadnień inżynierii komunalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>