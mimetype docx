--- v0 (2026-01-08)
+++ v1 (2026-02-10)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych dla urządzeń sprężarkowych i absorpcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1027,67 +1027,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W19, IS_W09, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W13, IS_W14, IS_W19, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1613,51 +1613,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1693,51 +1693,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>