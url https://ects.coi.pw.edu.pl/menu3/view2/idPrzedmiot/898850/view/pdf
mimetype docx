--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować zagrożenia w sieci Internet i wie jak zabezpieczać i chronić wytwarzane informacje (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność wykorzystywania zdobytej wiedzy w zakresie prezentacji danych w Internecie i ich ochrony (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>