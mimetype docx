--- v0 (2026-01-11)
+++ v1 (2026-02-10)
@@ -765,51 +765,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KW02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa i postępowania cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -899,341 +899,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KU02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KU02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KK01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
+        <w:t xml:space="preserve">Ma świadomość problemów związanych z zastosowaniem teorii postępowania cywilnego do realnych sytuacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KK01: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KK02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość problemów związanych z zastosowaniem teorii postępowania cywilnego do realnych sytuacji.</w:t>
+        <w:t xml:space="preserve">Ma zdolność do zajmowania własnego stanowiska dotyczącego podstawowych problemów postępowania cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka KK02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka KK03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma zdolność do zajmowania własnego stanowiska dotyczącego podstawowych problemów postępowania cywilnego.</w:t>
+        <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_K07, K_K01, K_K02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>