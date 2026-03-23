--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -765,51 +765,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KW02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa i postępowania cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KU02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KK01: </w:t>
       </w:r>
     </w:p>