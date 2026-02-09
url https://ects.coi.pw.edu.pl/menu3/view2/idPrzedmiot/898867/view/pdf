--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -859,51 +859,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą  zadań  i kompetencji administracji publicznej w określonych działach życia społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,67 +1053,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1273,67 +1273,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się podstawowymi pojęciami z zakresu prawa administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>