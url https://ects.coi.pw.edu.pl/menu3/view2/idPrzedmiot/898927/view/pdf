--- v0 (2025-12-02)
+++ v1 (2025-12-28)
@@ -827,271 +827,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia z zakresu bezpiecznej komunikacji i efektywnego wykorzystania aplikacji biurowych (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia z zakresu bezpiecznej komunikacji i efektywnego wykorzystania aplikacji biurowych (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać aplikacje zgodnie z obowiązującymi zasadami (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać aplikacje zgodnie z obowiązującymi zasadami (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi analizować problemy oraz umiejętnie je rozwiązywać w oparciu o poznane zasady, metody i aplikacje (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować zagrożenia i wie jak bezpiecznie przetwarzać i chronić wytwarzane informacje (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>