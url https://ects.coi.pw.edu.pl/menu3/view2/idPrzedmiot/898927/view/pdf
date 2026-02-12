--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -827,51 +827,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia z zakresu bezpiecznej komunikacji i efektywnego wykorzystania aplikacji biurowych (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -961,287 +961,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować problemy oraz umiejętnie je rozwiązywać w oparciu o poznane zasady, metody i aplikacje (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować problemy oraz umiejętnie je rozwiązywać w oparciu o poznane zasady, metody i aplikacje (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi zidentyfikować zagrożenia i wie jak bezpiecznie przetwarzać i chronić wytwarzane informacje (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować zagrożenia i wie jak bezpiecznie przetwarzać i chronić wytwarzane informacje (I).	</w:t>
+        <w:t xml:space="preserve">Jest gotów do ciągłej zmiany edukacji i doskonalenia w zakresie skutecznego wykorzystywania narzędzi informatycznych, bezpieczeństwa i ochrony danych w administracji publicznej (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_K06, K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę wprowadzenia i stosowania uporządkowanych zasad i procedur w zakresie prawidłowej obsługi systemów teleinformatycznych i aplikacji (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>