--- v2 (2026-02-12)
+++ v3 (2026-03-23)
@@ -757,71 +757,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie podstawowe zasady praktycznego i bezpiecznego wykorzystywania funkcjonalności narzędzi informatycznych w biznesie i administracji (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie podstawowe zasady praktycznego i bezpiecznego wykorzystywania funkcjonalności narzędzi informatycznych w biznesie i administracji (I).	</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia z zakresu bezpiecznej komunikacji i efektywnego wykorzystania aplikacji biurowych (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -832,470 +902,400 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia z zakresu bezpiecznej komunikacji i efektywnego wykorzystania aplikacji biurowych (I).	</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać aplikacje zgodnie z obowiązującymi zasadami (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować problemy oraz umiejętnie je rozwiązywać w oparciu o poznane zasady, metody i aplikacje (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować zagrożenia i wie jak bezpiecznie przetwarzać i chronić wytwarzane informacje (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać aplikacje zgodnie z obowiązującymi zasadami (I).	</w:t>
+        <w:t xml:space="preserve">Jest gotów do ciągłej zmiany edukacji i doskonalenia w zakresie skutecznego wykorzystywania narzędzi informatycznych, bezpieczeństwa i ochrony danych w administracji publicznej (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K06, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować problemy oraz umiejętnie je rozwiązywać w oparciu o poznane zasady, metody i aplikacje (I).	</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę wprowadzenia i stosowania uporządkowanych zasad i procedur w zakresie prawidłowej obsługi systemów teleinformatycznych i aplikacji (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">K_K01, K_K06, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>