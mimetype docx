--- v0 (2025-12-01)
+++ v1 (2026-02-09)
@@ -800,51 +800,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą  prawnych form działania administracji i kontroli administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -854,87 +854,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą  zadań  i kompetencji administracji publicznej w określonych działach życia społecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą  zadań  i kompetencji administracji publicznej w określonych działach życia społecznego.</w:t>
+        <w:t xml:space="preserve">Rozumie podstawy prawne odnoszące się do funkcjonowania struktur administracji publicznej i ich wpływu na funkcjonowanie państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -953,468 +1023,398 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie podstawy prawne odnoszące się do funkcjonowania struktur administracji publicznej i ich wpływu na funkcjonowanie państwa.</w:t>
+        <w:t xml:space="preserve">Zna najnowsze osiągnięcia naukowe odnoszące się do teorii prawa administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najnowsze osiągnięcia naukowe odnoszące się do teorii prawa administracyjnego.</w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów  prawnych w zakresie prawa administracyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów  prawnych w zakresie prawa administracyjnego</w:t>
+        <w:t xml:space="preserve">Umie znajdować źródła danych, korzystać z nich oraz interpretować pozyskane dane dotyczące zagadnień z zakresu prawa administracyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie interpretować teksty prawne z zakresu prawa administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie znajdować źródła danych, korzystać z nich oraz interpretować pozyskane dane dotyczące zagadnień z zakresu prawa administracyjnego. </w:t>
+        <w:t xml:space="preserve">Umie posługiwać się podstawowymi pojęciami z zakresu prawa administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie analizować sytuacje faktyczne na podstawie przepisów prawnych z zakresu prawa administracyjnego materialnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>