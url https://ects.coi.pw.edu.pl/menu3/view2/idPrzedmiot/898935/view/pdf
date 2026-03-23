--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -854,87 +854,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą  zadań  i kompetencji administracji publicznej w określonych działach życia społecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą  zadań  i kompetencji administracji publicznej w określonych działach życia społecznego.</w:t>
+        <w:t xml:space="preserve">Rozumie podstawy prawne odnoszące się do funkcjonowania struktur administracji publicznej i ich wpływu na funkcjonowanie państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -953,468 +1023,398 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie podstawy prawne odnoszące się do funkcjonowania struktur administracji publicznej i ich wpływu na funkcjonowanie państwa.</w:t>
+        <w:t xml:space="preserve">Zna najnowsze osiągnięcia naukowe odnoszące się do teorii prawa administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najnowsze osiągnięcia naukowe odnoszące się do teorii prawa administracyjnego.</w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów  prawnych w zakresie prawa administracyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin i test zaliczeniowy z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów  prawnych w zakresie prawa administracyjnego</w:t>
+        <w:t xml:space="preserve">Umie znajdować źródła danych, korzystać z nich oraz interpretować pozyskane dane dotyczące zagadnień z zakresu prawa administracyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie interpretować teksty prawne z zakresu prawa administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie posługiwać się podstawowymi pojęciami z zakresu prawa administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie analizować sytuacje faktyczne na podstawie przepisów prawnych z zakresu prawa administracyjnego materialnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>