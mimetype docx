--- v0 (2025-12-02)
+++ v1 (2026-02-09)
@@ -764,207 +764,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych właściwe dla demografii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe rozwiązania prawne dotyczące poszczególnych polityk publicznych w zakresie demografii (polityka ludnościowa) oraz ma wiedzę dotyczącą ich konsekwencji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>