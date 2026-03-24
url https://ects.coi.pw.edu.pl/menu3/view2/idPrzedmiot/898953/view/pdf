--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -764,67 +764,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych właściwe dla demografii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>