--- v0 (2025-12-01)
+++ v1 (2026-02-10)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady podziałów i klasyfikacji, definiowania, rodzaje nazw i kategorii syntaktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -887,67 +887,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady i podstawy logiczne dokonywania wykładni przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -958,67 +958,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1178,271 +1178,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_P03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować logicznie akty prawne,  teksty naukowe i sytuacje problemowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów  i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_P04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi interpretować teksty i przepisy prawne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_P03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować logicznie akty prawne,  teksty naukowe i sytuacje problemowe</w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności zachowywania szeroko pojętej logiki i reguł w działalności społecznej, politycznej, administracyjnej, naukowej i antykryzysowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozwiązywanie problemów  i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
+        <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U07</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_K07, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>