--- v1 (2026-02-10)
+++ v2 (2026-03-26)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady podziałów i klasyfikacji, definiowania, rodzaje nazw i kategorii syntaktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,51 +903,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady i podstawy logiczne dokonywania wykładni przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1108,137 +1108,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_P02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję w rozumowaniach prawniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować logicznie akty prawne,  teksty naukowe i sytuacje problemowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>