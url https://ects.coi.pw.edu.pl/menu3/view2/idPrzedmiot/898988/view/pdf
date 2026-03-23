--- v0 (2026-01-13)
+++ v1 (2026-03-23)
@@ -1125,51 +1125,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,67 +1179,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U03, K_U04, K_U05, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1265,51 +1265,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1389,67 +1389,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_01: </w:t>
       </w:r>
     </w:p>