--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach, pisemne zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>