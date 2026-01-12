--- v1 (2025-12-26)
+++ v2 (2026-01-12)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cele i zasady kształtujące etyczne podejście do rozwoju gospodarczego –zgodnego z oczekiwaniem społeczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach, pisemne zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -921,51 +921,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>