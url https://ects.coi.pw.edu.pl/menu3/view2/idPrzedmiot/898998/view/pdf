--- v2 (2026-01-12)
+++ v3 (2026-02-10)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cele i zasady kształtujące etyczne podejście do rozwoju gospodarczego –zgodnego z oczekiwaniem społeczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -921,51 +921,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>