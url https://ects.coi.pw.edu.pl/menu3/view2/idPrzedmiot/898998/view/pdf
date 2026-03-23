--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach, pisemne zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W08</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -905,67 +905,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach, zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>