--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody analizy w zakresie nauk prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna historię rozwoju form ustrojowych i administracyjnych w XIX i XX wieku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -983,51 +983,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1063,51 +1063,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie krytycznie analizować koncepcje ustrojowe, administracyjne i polityczno-prawne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1117,67 +1117,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu historii rozwoju form ustrojowych i administracyjnych w XIX i XX wieku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1203,51 +1203,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie prowadzić analizę porównawczą doktryn prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1327,67 +1327,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>