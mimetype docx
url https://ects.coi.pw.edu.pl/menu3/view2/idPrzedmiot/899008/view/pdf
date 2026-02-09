--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna historię rozwoju form ustrojowych i administracyjnych w XIX i XX wieku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1117,67 +1117,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu historii rozwoju form ustrojowych i administracyjnych w XIX i XX wieku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1327,67 +1327,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>