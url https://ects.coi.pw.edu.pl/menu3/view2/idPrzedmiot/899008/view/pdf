--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -827,67 +827,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe teorie i koncepcje w zakresie nauk prawnych i społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -913,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna historię rozwoju form ustrojowych i administracyjnych w XIX i XX wieku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1047,67 +1047,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie krytycznie analizować koncepcje ustrojowe, administracyjne i polityczno-prawne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,51 +1133,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu historii rozwoju form ustrojowych i administracyjnych w XIX i XX wieku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1273,51 +1273,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność wdrażania w praktyce nauk prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>