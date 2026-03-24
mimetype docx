--- v0 (2026-02-10)
+++ v1 (2026-03-24)
@@ -874,67 +874,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, udział w dyskusji na zajęciach, prezentacja przygotowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 FIB, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.3, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie, jakie są źródła i rodzaje nadużyć na rynku kapitałowym i co to znaczy odpowiedzialnie inwestować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,51 +960,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe regulacje rynku kapitałowego i rozumie funkcje nadzoru finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1164,67 +1164,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena korzystania z informacji finansowych na podstawie materiałów przygotowanych przez studentów, praca grupowa w zakresie rozwiązywania problemu zadanego przez prowadzącego zajęcia, zadania na obliczanie cen papierów wartościowych i interpretację wskaźników rynku kapitałowego na sprawdzianie pisemnym, praca z materiałem źródłowym na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U13 FIB</w:t>
+        <w:t xml:space="preserve">K_U13 FIB, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o sensie, wartości i potrzebie podejmowania działań w zakresie funkcjonowania rynków kapitałowych, a zwłaszcza skutków regulacji i deregulacji na tym rynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>