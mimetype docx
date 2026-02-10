--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -1310,67 +1310,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 3, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie obliczać pochodne cząstkowe funkcji prostych i złożonych, umie wyznaczać ekstrema lokalne funkcji dwóch zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>