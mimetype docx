--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -1170,67 +1170,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykorzystać twierdzenia i metody rachunku różniczkowego funkcji jednej zmiennej do wyznaczania ekstremów lokalnych, badania przebiegu zmienności funkcji, tworzenia wykresów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>