--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -736,67 +736,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W01, K_W02, K_W09</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W09, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jak zrealizować pracę zgodnie z wymogami prawnymi i etycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U07, K_U15, K_U16</w:t>
+        <w:t xml:space="preserve">K_U07, K_U15, K_U16, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować dokumentację zrealizowanego zadania projektowego lub badawczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>