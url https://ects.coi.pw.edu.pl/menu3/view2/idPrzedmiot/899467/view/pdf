--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -983,51 +983,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Ultrasonografia"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>