--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -983,261 +983,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Ultrasonografia"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POM _U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obrazy radiologiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Radiologia"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13, K_U16, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POM _U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi otrzymywać obrazy NMR z różnymi sekwencjami pomiarowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U16, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POM_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i ocenić jakość odwzorowań scyntygraficznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Scyntygrafia"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U17, K_U06</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">K_U06, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>