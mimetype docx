--- v0 (2025-12-29)
+++ v1 (2026-01-16)
@@ -778,325 +778,325 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIS_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat przetwarzania A/C i C/A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian Spr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SIS_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SIS_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat przetwarzania A/C i C/A</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat wyznaczania charakterystyk czasowych i częstotliwościowych systemów liniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprawdziany Spr1 i Spr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIS_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat analizy i przetwarzania sygnałów losowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian Spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SIS_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIS_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat wyznaczania charakterystyk czasowych i częstotliwościowych systemów liniowych.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury z zakresu teorii sygnałów i systemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany Spr1 i Spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_U06, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>