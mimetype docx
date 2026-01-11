--- v0 (2025-12-29)
+++ v1 (2026-01-11)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W10, K_W12, K_W13, K_W18, K_W19, K_W20</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W12, K_W13, K_W18, K_W19, K_W20, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMEB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie aparatury do badania właściwości tkanek, do terapii z wykorzystaniem ultradźwięków i sygnałów elektrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -926,51 +926,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMEB_U01: </w:t>
       </w:r>
     </w:p>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMEB_K01: </w:t>
       </w:r>
     </w:p>