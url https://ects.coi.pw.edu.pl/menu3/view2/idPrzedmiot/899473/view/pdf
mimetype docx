--- v1 (2026-01-11)
+++ v2 (2026-02-10)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W12, K_W13, K_W18, K_W19, K_W20, K_W05</w:t>
+        <w:t xml:space="preserve">K_W19, K_W20, K_W05, K_W08, K_W10, K_W12, K_W13, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMEB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie aparatury do badania właściwości tkanek, do terapii z wykorzystaniem ultradźwięków i sygnałów elektrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMEB_K01: </w:t>
       </w:r>
     </w:p>