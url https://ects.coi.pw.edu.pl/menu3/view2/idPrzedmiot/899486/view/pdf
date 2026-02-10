--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W15, K_W19</w:t>
+        <w:t xml:space="preserve">K_W15, K_W19, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KJUD_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady ochrony radiologicznej w zakresie użytkowania aparatów rentgenowskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1405,67 +1405,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena realizacji zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KJUD_K04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi organizować pracę własną oraz pracować w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>