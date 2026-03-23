--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W19, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W15, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KJUD_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady ochrony radiologicznej w zakresie użytkowania aparatów rentgenowskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1405,51 +1405,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena realizacji zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>