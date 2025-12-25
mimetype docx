--- v0 (2025-10-29)
+++ v1 (2025-12-25)
@@ -1008,51 +1008,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_01</w:t>
+        <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>