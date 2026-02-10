--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -1024,51 +1024,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność identyfikacji struktury nieznanego sygnału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>