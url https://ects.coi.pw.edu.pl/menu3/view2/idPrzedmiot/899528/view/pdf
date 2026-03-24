--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -1008,51 +1008,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>