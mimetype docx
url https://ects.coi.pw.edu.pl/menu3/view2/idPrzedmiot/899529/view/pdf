--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_03</w:t>
+        <w:t xml:space="preserve">W_03, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe systemów informatycznych w ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -872,51 +872,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie prawne i społeczne uwarunkowania działalności zawodowej zwią¬za¬nej z wy-twarzaniem i eksploatacją systemów in¬for¬matycznych w ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1222,67 +1222,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_02, U_03, U_04</w:t>
+        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować oprogramowanie do przetwarzania danych w systemach archiwizacji danych obrazowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1529,51 +1529,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest gotów do realizacji projektu w zespole i po¬noszenia współodpowiedzialności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>