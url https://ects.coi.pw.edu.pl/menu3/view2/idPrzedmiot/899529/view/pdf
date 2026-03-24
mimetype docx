--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe systemów informatycznych w ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady budowy systemów archiwizacji diagnostycznych obrazów medycznych  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1222,67 +1222,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować oprogramowanie do przetwarzania danych w systemach archiwizacji danych obrazowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1379,51 +1379,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>