--- v0 (2025-12-03)
+++ v1 (2026-03-23)
@@ -765,51 +765,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIPR_2st_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą wykorzystania medycznych danych obrazowych do celów modelowania przepływów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -889,67 +889,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_04, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIPR_2st_U_01: </w:t>
       </w:r>
     </w:p>