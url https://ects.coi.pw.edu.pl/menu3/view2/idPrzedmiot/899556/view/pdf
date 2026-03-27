--- v0 (2025-12-28)
+++ v1 (2026-03-27)
@@ -793,51 +793,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zan zasady optymalizacji i testowania systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady budowy systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>