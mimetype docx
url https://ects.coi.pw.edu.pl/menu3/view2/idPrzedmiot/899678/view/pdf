--- v0 (2025-10-27)
+++ v1 (2025-12-03)
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt aplikacji wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U10, K_U12, K_U13, K_U14, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U02, K_U10, K_U12, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-4002_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i zaimplementować z użyciem wybranych bibliotek aplikację o architekturze klient-serwer, której celem jest wizualizacja danych przestrzennych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>