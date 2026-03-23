--- v1 (2025-12-03)
+++ v2 (2026-03-23)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt aplikacji wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U02, K_U10, K_U12, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U02, K_U10, K_U12, K_U13, K_U14, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-4002_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i zaimplementować z użyciem wybranych bibliotek aplikację o architekturze klient-serwer, której celem jest wizualizacja danych przestrzennych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>