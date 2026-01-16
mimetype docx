--- v0 (2025-12-02)
+++ v1 (2026-01-16)
@@ -978,51 +978,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>