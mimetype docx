--- v1 (2026-01-16)
+++ v2 (2026-03-24)
@@ -908,51 +908,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -978,51 +978,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>