--- v0 (2026-01-10)
+++ v1 (2026-02-10)
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U19, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U11, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>