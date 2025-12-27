--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -1268,51 +1268,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>