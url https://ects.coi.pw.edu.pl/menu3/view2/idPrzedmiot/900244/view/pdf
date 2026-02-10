--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -924,395 +924,395 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie aspektów prawnych związanych z technikami informatycznymi - ochrona danych osobowych, prawo autorskie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie aspektów prawnych związanych z technikami informatycznymi - ochrona danych osobowych, prawo autorskie</w:t>
+        <w:t xml:space="preserve">potrafi w podstawowym zakresie wykorzystać w pracy inżynierskiej aplikacje biurowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W21</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi w podstawowym zakresie wykorzystać w pracy inżynierskiej aplikacje biurowe</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać w praktyce programistycznej zaawansowane narzędzia służące poprawie efektywności tworzenia oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać w praktyce programistycznej zaawansowane narzędzia służące poprawie efektywności tworzenia oprogramowania</w:t>
+        <w:t xml:space="preserve">potrafi praktycznie wykorzystać znajomość technik teleinformatycznych do przesyłania informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi praktycznie wykorzystać znajomość technik teleinformatycznych do przesyłania informacji</w:t>
+        <w:t xml:space="preserve">potrafi posługiwać się dostępnymi narzędziami w środowisku systemu UNIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U08, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>