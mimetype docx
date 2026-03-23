--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -924,121 +924,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie aspektów prawnych związanych z technikami informatycznymi - ochrona danych osobowych, prawo autorskie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>