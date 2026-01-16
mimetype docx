--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1044,51 +1044,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ2_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie podstaw mechaniki kwantowej w ujęciu Schroedingera i fizyki statystycznej. Rozróżnia przykładowe układy fizyczne wymagające zastosowania mechaniki kwantowej od takich, dla których wystarczy stosować fizykę klasyczną. Rozpoznaje sytuacje wymagające stosowanie fizyki statystycznej. Zna najważniejsze eksperymenty, których przeprowadzenie doprowadziło do ujawnienia korpuskularno -falowej natury materii i powstania nowoczesnej mechaniki kwantowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>