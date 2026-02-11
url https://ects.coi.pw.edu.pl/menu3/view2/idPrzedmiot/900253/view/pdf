--- v1 (2026-01-16)
+++ v2 (2026-02-11)
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kwantowy model atomu wodoropodobnego, interpretację fizyczną liczb kwantowych i odpowiadające im obserwable. Potrafi wyznaczyć konfigurację elektronową dla atomów wieloelektronowych. Rozumie związek pomiędzy konfiguracją elektronową a własnościami fizykochemicznymi (w szczególności magnety-cznymi). Rozumie strukturę układu okresowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1044,51 +1044,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ2_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie podstaw mechaniki kwantowej w ujęciu Schroedingera i fizyki statystycznej. Rozróżnia przykładowe układy fizyczne wymagające zastosowania mechaniki kwantowej od takich, dla których wystarczy stosować fizykę klasyczną. Rozpoznaje sytuacje wymagające stosowanie fizyki statystycznej. Zna najważniejsze eksperymenty, których przeprowadzenie doprowadziło do ujawnienia korpuskularno -falowej natury materii i powstania nowoczesnej mechaniki kwantowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>