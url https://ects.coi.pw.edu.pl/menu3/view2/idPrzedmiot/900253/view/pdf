--- v2 (2026-02-11)
+++ v3 (2026-03-24)
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kwantowy model atomu wodoropodobnego, interpretację fizyczną liczb kwantowych i odpowiadające im obserwable. Potrafi wyznaczyć konfigurację elektronową dla atomów wieloelektronowych. Rozumie związek pomiędzy konfiguracją elektronową a własnościami fizykochemicznymi (w szczególności magnety-cznymi). Rozumie strukturę układu okresowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,51 +1114,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_U2: </w:t>
       </w:r>
     </w:p>