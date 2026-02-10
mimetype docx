--- v0 (2026-01-13)
+++ v1 (2026-02-10)
@@ -1081,51 +1081,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -1161,51 +1161,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02, U_03, U_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1301,51 +1301,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03, U_07, U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K01: </w:t>
       </w:r>
     </w:p>