--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -1081,51 +1081,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -1145,207 +1145,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02, U_03, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U_01, U_02, U_04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
+        <w:t xml:space="preserve">Potrafi zrealizować wybrane metody przetwarzania obrazowych danych medycznych z użyciem dostępnego oprogramowania (MATLAB/PMOD)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02, U_04</w:t>
+        <w:t xml:space="preserve">U_07, U_01, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K01: </w:t>
       </w:r>
     </w:p>