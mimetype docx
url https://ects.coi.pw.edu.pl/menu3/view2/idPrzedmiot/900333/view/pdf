--- v0 (2025-12-26)
+++ v1 (2026-01-13)
@@ -778,67 +778,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UiSE_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę nt. rozwiązań układowych przepływomierzy dopplerowskich i ultrasonografów, stymulatorów i spektrometrów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>