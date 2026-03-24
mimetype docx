--- v1 (2026-01-13)
+++ v2 (2026-03-24)
@@ -928,51 +928,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>