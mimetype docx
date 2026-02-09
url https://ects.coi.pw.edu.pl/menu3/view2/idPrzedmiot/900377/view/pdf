--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -813,51 +813,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student zna podstawowe mechanizmy poszukiwania ochrony praw człowieka w krajowym (polskim) systemie ochrony. Zna treść gwarancji składających się na prawo do sądu oraz rozumie znaczenie sądów w zakresie ochrony praw człowieka. Zna zakres i zasady poszukiwania ochrony przed Trybunałem Konstytucyjnym, w szczególności podstawowe zasady dotyczące konstruowania skarg konstytucyjnych. Student ma również podstawową wiedzę na temat innych krajowych organów ochrony praw człowieka, w szczególności Rzecznika Praw Obywatelskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -954,51 +954,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności studenta będą weryfikowane w toku zajęć w ramach dyskusji nad omawianymi
 na nich zagadnieniami, poprzez rozwiązywanie kazusów i przygotowywanie samodzielne
 krótkich prac pisemny, a także przy okazji kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>