--- v1 (2026-02-09)
+++ v2 (2026-03-01)
@@ -797,67 +797,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student zna podstawowe mechanizmy poszukiwania ochrony praw człowieka w krajowym (polskim) systemie ochrony. Zna treść gwarancji składających się na prawo do sądu oraz rozumie znaczenie sądów w zakresie ochrony praw człowieka. Zna zakres i zasady poszukiwania ochrony przed Trybunałem Konstytucyjnym, w szczególności podstawowe zasady dotyczące konstruowania skarg konstytucyjnych. Student ma również podstawową wiedzę na temat innych krajowych organów ochrony praw człowieka, w szczególności Rzecznika Praw Obywatelskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>