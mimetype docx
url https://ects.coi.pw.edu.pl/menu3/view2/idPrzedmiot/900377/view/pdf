--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -797,67 +797,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student zna podstawowe mechanizmy poszukiwania ochrony praw człowieka w krajowym (polskim) systemie ochrony. Zna treść gwarancji składających się na prawo do sądu oraz rozumie znaczenie sądów w zakresie ochrony praw człowieka. Zna zakres i zasady poszukiwania ochrony przed Trybunałem Konstytucyjnym, w szczególności podstawowe zasady dotyczące konstruowania skarg konstytucyjnych. Student ma również podstawową wiedzę na temat innych krajowych organów ochrony praw człowieka, w szczególności Rzecznika Praw Obywatelskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,51 +1042,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UK, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>