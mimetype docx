--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_PIODO03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia dotyczące prawa do informacji, potrafi omówić źródła prawa oraz jego granice na tle norm konstytucyjnych oraz prawnomiędzynarodowych. Rozumie związek pomiędzy prawem do informacji a wolnością wypowiedzi oraz ochroną prywatności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -895,67 +895,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_PIODO01: </w:t>
       </w:r>
     </w:p>
@@ -975,67 +975,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U08, K_U14 BNP, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U08, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_PIODO02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić analizy związane z oceną zgodności organizacji z prawem ochrony danych, w tym identyfikować obszary doskonalenia oraz proponować adekwatne działania korygujące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1061,51 +1061,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_PIODO01: </w:t>
       </w:r>
     </w:p>