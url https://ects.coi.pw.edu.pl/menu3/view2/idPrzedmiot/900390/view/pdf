--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -755,67 +755,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_PIODO02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie prawa i obowiązki związane ze stosowaniem przepisów o ochronie danych	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -841,51 +841,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_PIODO03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia dotyczące prawa do informacji, potrafi omówić źródła prawa oraz jego granice na tle norm konstytucyjnych oraz prawnomiędzynarodowych. Rozumie związek pomiędzy prawem do informacji a wolnością wypowiedzi oraz ochroną prywatności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -895,67 +895,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_PIODO01: </w:t>
       </w:r>
     </w:p>
@@ -991,51 +991,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U08, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_PIODO02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić analizy związane z oceną zgodności organizacji z prawem ochrony danych, w tym identyfikować obszary doskonalenia oraz proponować adekwatne działania korygujące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1045,67 +1045,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub wystąpienia w trakcie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_PIODO01: </w:t>
       </w:r>
     </w:p>