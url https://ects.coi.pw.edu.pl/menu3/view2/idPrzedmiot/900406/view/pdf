--- v0 (2026-01-11)
+++ v1 (2026-01-13)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe algorytmów rekonstrukcji obrazów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>