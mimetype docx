--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe algorytmów rekonstrukcji obrazów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>