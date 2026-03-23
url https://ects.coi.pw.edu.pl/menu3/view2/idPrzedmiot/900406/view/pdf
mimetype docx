--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe algorytmów rekonstrukcji obrazów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>