--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTS_2st_K01: </w:t>
       </w:r>
     </w:p>