--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu, kolokwium i egzamin </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06, K_U10, K_U11, K_U12, K_U16</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U12, K_U16, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTS_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Modelowanie, symulacja i ocena działania zaawansowanych ukladow regulacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, P7U_U</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTS_2st_K01: </w:t>
       </w:r>
     </w:p>