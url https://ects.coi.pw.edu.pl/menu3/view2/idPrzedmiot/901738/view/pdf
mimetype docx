--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,137 +1023,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>