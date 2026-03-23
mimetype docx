--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,137 +1023,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>