--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -1157,51 +1157,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1221,51 +1221,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U07, U11, U12</w:t>
+        <w:t xml:space="preserve">U07, U11, U12, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1431,67 +1431,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U10, U08</w:t>
+        <w:t xml:space="preserve">U08, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stworzyć dokumentację projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1517,51 +1517,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>