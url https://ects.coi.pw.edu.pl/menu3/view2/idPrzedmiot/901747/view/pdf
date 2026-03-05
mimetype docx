--- v1 (2026-02-11)
+++ v2 (2026-03-05)
@@ -1221,51 +1221,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U11, U12, U01</w:t>
+        <w:t xml:space="preserve">U01, U07, U11, U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1291,277 +1291,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U04</w:t>
+        <w:t xml:space="preserve">U04, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przetestować zaprojektowany sprzęt i oprogramowanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03, U05, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przetestować zaprojektowany sprzęt i oprogramowanie</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć projekt w zadanych ramach czasowych, indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U05, U06</w:t>
+        <w:t xml:space="preserve">U08, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi tworzyć projekt w zadanych ramach czasowych, indywidualnie i w zespole</w:t>
+        <w:t xml:space="preserve">potrafi stworzyć dokumentację projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U08, U10</w:t>
+        <w:t xml:space="preserve">U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>