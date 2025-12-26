--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -1135,51 +1135,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U04</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1721,51 +1721,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę weryfikacji własnych rozwiązań przez członków zespołu i ekspertów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>