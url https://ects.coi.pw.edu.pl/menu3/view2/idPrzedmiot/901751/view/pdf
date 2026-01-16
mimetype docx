--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -791,141 +791,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe zasady stosowania hermetyzacji, mechanizmu dziedziczenia i polimorfizmu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe zasady stosowania hermetyzacji, mechanizmu dziedziczenia i polimorfizmu</w:t>
+        <w:t xml:space="preserve">zna podstawy dynamicznych struktur danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy dynamicznych struktur danych</w:t>
+        <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -944,258 +1014,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
+        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
+        <w:t xml:space="preserve">potrafi projektować proste klasy stosując odpowiednie pola i metody wykorzystując prawidłowo hermetyzację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U07, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w sposób właściwy potrafi używać dziedziczenia, agregacji oraz kompozycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>