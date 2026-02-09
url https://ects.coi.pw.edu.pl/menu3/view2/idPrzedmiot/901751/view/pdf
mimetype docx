--- v2 (2026-01-16)
+++ v3 (2026-02-09)
@@ -791,411 +791,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe zasady stosowania hermetyzacji, mechanizmu dziedziczenia i polimorfizmu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawy dynamicznych struktur danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe zasady stosowania hermetyzacji, mechanizmu dziedziczenia i polimorfizmu</w:t>
+        <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy dynamicznych struktur danych</w:t>
+        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
+        <w:t xml:space="preserve">potrafi projektować proste klasy stosując odpowiednie pola i metody wykorzystując prawidłowo hermetyzację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w sposób właściwy potrafi używać dziedziczenia, agregacji oraz kompozycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>