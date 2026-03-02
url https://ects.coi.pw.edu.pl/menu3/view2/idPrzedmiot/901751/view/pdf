--- v3 (2026-02-09)
+++ v4 (2026-03-02)
@@ -915,67 +915,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W05</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1431,51 +1431,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi tworzyć i wykorzystywać typy generyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>