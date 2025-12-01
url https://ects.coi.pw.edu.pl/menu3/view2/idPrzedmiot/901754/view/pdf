--- v0 (2025-10-30)
+++ v1 (2025-12-01)
@@ -1066,621 +1066,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U04</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+        <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie wyznaczyć rzuty prostokątne na zadane podprzestrzenie liniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi opisać podstawowe krzywe i powierzchnie za pomocą równań, w tym równań parametrycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie obliczyć długość i krzywiznę krzywych na płaszczyźnie i w przestrzeni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>