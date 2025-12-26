--- v1 (2025-12-01)
+++ v2 (2025-12-26)
@@ -980,237 +980,377 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W12, W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W01, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U02, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1229,388 +1369,248 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U04</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+        <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć rzuty prostokątne na zadane podprzestrzenie liniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opisać podstawowe krzywe i powierzchnie za pomocą równań, w tym równań parametrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>