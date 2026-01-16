--- v2 (2025-12-26)
+++ v3 (2026-01-16)
@@ -786,431 +786,641 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W01, W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą przestrzeni wektorowych i geometrii euklidesowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii grafów</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W05</w:t>
+        <w:t xml:space="preserve">W01, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą przestrzeni wektorowych i geometrii euklidesowej</w:t>
+        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W12, W01</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01</w:t>
+        <w:t xml:space="preserve">U02, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1229,388 +1439,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+        <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U04, U01</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć rzuty prostokątne na zadane podprzestrzenie liniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opisać podstawowe krzywe i powierzchnie za pomocą równań, w tym równań parametrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>