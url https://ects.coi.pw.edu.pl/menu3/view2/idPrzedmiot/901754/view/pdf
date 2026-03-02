--- v3 (2026-01-16)
+++ v4 (2026-03-02)
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1200,417 +1200,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U04, U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U04, U01</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+        <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć rzuty prostokątne na zadane podprzestrzenie liniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opisać podstawowe krzywe i powierzchnie za pomocą równań, w tym równań parametrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>