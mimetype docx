--- v0 (2026-01-11)
+++ v1 (2026-02-10)
@@ -840,51 +840,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma wiedzę na temat parametrów zmiennych losowych wielowymiarowych; zna podstawowe twierdzenia graniczne; zna zagadnienie regresji liniowej; zna podstawowe wskaźniki położenia i rozproszenia dla próby losowej, zna podstawowe metody estymacji i testowania hipotez statystycznych; zna podstawowe procesów stochastycznych i ich prognozowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,51 +1114,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>