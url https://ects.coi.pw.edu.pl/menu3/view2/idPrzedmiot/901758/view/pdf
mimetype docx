--- v1 (2026-02-10)
+++ v2 (2026-03-02)
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyznaczać i interpretować parametry zmiennych losowych dwuwymiarowych; potrafi wyznaczać rozkłady funkcji zmiennych losowych dwuwymiarowych; potrafi wykorzystać twierdzenia graniczne do szacowania prawdopodobieństwa; umie wyznaczać rozkłady warunkowe zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,51 +1114,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U04, U01</w:t>
+        <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>