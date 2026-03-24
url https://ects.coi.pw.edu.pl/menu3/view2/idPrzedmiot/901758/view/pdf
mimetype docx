--- v2 (2026-03-02)
+++ v3 (2026-03-24)
@@ -974,261 +974,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyznaczać i interpretować parametry rozkładów zmiennych losowych jednowymiarowych; umie wyznaczać rozkłady funkcji zmiennych losowych jednowymiarowych; potrafi wyznaczać łączne rozkłady zmiennych losowych dwuwymiarowych i ich rozkłady brzegowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wyznaczać i interpretować parametry rozkładów zmiennych losowych jednowymiarowych; umie wyznaczać rozkłady funkcji zmiennych losowych jednowymiarowych; potrafi wyznaczać łączne rozkłady zmiennych losowych dwuwymiarowych i ich rozkłady brzegowe</w:t>
+        <w:t xml:space="preserve">umie wyznaczać i interpretować parametry zmiennych losowych dwuwymiarowych; potrafi wyznaczać rozkłady funkcji zmiennych losowych dwuwymiarowych; potrafi wykorzystać twierdzenia graniczne do szacowania prawdopodobieństwa; umie wyznaczać rozkłady warunkowe zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie wyznaczać i interpretować parametry zmiennych losowych dwuwymiarowych; potrafi wyznaczać rozkłady funkcji zmiennych losowych dwuwymiarowych; potrafi wykorzystać twierdzenia graniczne do szacowania prawdopodobieństwa; umie wyznaczać rozkłady warunkowe zmiennych losowych</w:t>
+        <w:t xml:space="preserve">umie budować modele regresji liniowej, estymować ich parametry i weryfikować hipotezy statystyczne dotyczące tych parametrów; umie budować proste modele szeregów czasowych i ich predyktory dla nich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U04, U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>