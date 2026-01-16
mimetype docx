--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1285,481 +1285,481 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna techniki i narzędzia do analizy i oceny kodu programów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna techniki i narzędzia do analizy i oceny kodu programów</w:t>
+        <w:t xml:space="preserve">potrafi wybrać i skonfigurować zestaw narzędzi potrzebnych do stworzenia potoku wytwarzania i walidacji złożonego systemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wybrać i skonfigurować zestaw narzędzi potrzebnych do stworzenia potoku wytwarzania i walidacji złożonego systemu</w:t>
+        <w:t xml:space="preserve">potrafi stosować różnorodne wzorce projektowe do rozwiązywania problemów programistycznych i architektonicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U06</w:t>
+        <w:t xml:space="preserve">U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować różnorodne wzorce projektowe do rozwiązywania problemów programistycznych i architektonicznych</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać techniki pracy w zespole programistycznym w celu podnoszenia jakości oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02</w:t>
+        <w:t xml:space="preserve">U02, U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi samodzielnie wykorzystać dokumentację narzędzi w celu dostosowania ich działania do konkretnych potrzeb</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie przebadać kod oraz działającą aplikację pod kątem jej wydajności i przyczyn problemów z działaniem</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie rozpoznać miejsca w kodzie wymagające poprawki i odpowiednio je refaktoryzować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>