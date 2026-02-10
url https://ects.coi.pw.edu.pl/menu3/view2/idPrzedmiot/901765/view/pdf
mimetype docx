--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -1005,815 +1005,815 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna współbieżne wzorce projektowe i posiada wiedzę o budowaniu wydajnych aplikacji współbieżnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna współbieżne wzorce projektowe i posiada wiedzę o budowaniu wydajnych aplikacji współbieżnych</w:t>
+        <w:t xml:space="preserve">zna narzędzia i techniki monitorowania i badania działania aplikacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody rozpoznawania niedoskonałości kodu i techniki jego naprawy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna narzędzia i techniki monitorowania i badania działania aplikacji</w:t>
+        <w:t xml:space="preserve">zna podstawy reguł tworzenia systemów heterogenicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna techniki i narzędzia do analizy i oceny kodu programów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wybrać i skonfigurować zestaw narzędzi potrzebnych do stworzenia potoku wytwarzania i walidacji złożonego systemu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody rozpoznawania niedoskonałości kodu i techniki jego naprawy</w:t>
+        <w:t xml:space="preserve">potrafi stosować różnorodne wzorce projektowe do rozwiązywania problemów programistycznych i architektonicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy reguł tworzenia systemów heterogenicznych</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać techniki pracy w zespole programistycznym w celu podnoszenia jakości oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U02, U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna techniki i narzędzia do analizy i oceny kodu programów</w:t>
+        <w:t xml:space="preserve">potrafi samodzielnie wykorzystać dokumentację narzędzi w celu dostosowania ich działania do konkretnych potrzeb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wybrać i skonfigurować zestaw narzędzi potrzebnych do stworzenia potoku wytwarzania i walidacji złożonego systemu</w:t>
+        <w:t xml:space="preserve">umie przebadać kod oraz działającą aplikację pod kątem jej wydajności i przyczyn problemów z działaniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U06</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować różnorodne wzorce projektowe do rozwiązywania problemów programistycznych i architektonicznych</w:t>
+        <w:t xml:space="preserve">umie rozpoznać miejsca w kodzie wymagające poprawki i odpowiednio je refaktoryzować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02</w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">U01, U02</w:t>
+        <w:t xml:space="preserve">U02, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>