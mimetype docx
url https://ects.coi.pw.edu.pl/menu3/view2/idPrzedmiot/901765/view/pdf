--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -865,955 +865,955 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna reguły SOLID stosowane do poprawy jakości kodu i architektury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna reguły SOLID stosowane do poprawy jakości kodu i architektury</w:t>
+        <w:t xml:space="preserve">zna różnorodne wzorce projektowe (konstrukcyjne, strukturalne i operacyjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna współbieżne wzorce projektowe i posiada wiedzę o budowaniu wydajnych aplikacji współbieżnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna narzędzia i techniki monitorowania i badania działania aplikacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna różnorodne wzorce projektowe (konstrukcyjne, strukturalne i operacyjne)</w:t>
+        <w:t xml:space="preserve">zna metody rozpoznawania niedoskonałości kodu i techniki jego naprawy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna współbieżne wzorce projektowe i posiada wiedzę o budowaniu wydajnych aplikacji współbieżnych</w:t>
+        <w:t xml:space="preserve">zna podstawy reguł tworzenia systemów heterogenicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09</w:t>
+        <w:t xml:space="preserve">W09, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna narzędzia i techniki monitorowania i badania działania aplikacji</w:t>
+        <w:t xml:space="preserve">zna techniki i narzędzia do analizy i oceny kodu programów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wybrać i skonfigurować zestaw narzędzi potrzebnych do stworzenia potoku wytwarzania i walidacji złożonego systemu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">U01, U02, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody rozpoznawania niedoskonałości kodu i techniki jego naprawy</w:t>
+        <w:t xml:space="preserve">potrafi stosować różnorodne wzorce projektowe do rozwiązywania problemów programistycznych i architektonicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy reguł tworzenia systemów heterogenicznych</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać techniki pracy w zespole programistycznym w celu podnoszenia jakości oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U08, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna techniki i narzędzia do analizy i oceny kodu programów</w:t>
+        <w:t xml:space="preserve">potrafi samodzielnie wykorzystać dokumentację narzędzi w celu dostosowania ich działania do konkretnych potrzeb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wybrać i skonfigurować zestaw narzędzi potrzebnych do stworzenia potoku wytwarzania i walidacji złożonego systemu</w:t>
+        <w:t xml:space="preserve">umie przebadać kod oraz działającą aplikację pod kątem jej wydajności i przyczyn problemów z działaniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U06</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować różnorodne wzorce projektowe do rozwiązywania problemów programistycznych i architektonicznych</w:t>
+        <w:t xml:space="preserve">umie rozpoznać miejsca w kodzie wymagające poprawki i odpowiednio je refaktoryzować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U02</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">U02, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>