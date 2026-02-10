--- v0 (2025-12-03)
+++ v1 (2026-02-10)
@@ -847,341 +847,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06, W11</w:t>
+        <w:t xml:space="preserve">W11, W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe modele stosowane do rozwiązywania zadań decyzyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe modele stosowane do rozwiązywania zadań decyzyjnych</w:t>
+        <w:t xml:space="preserve">potrafi sformułować model programowania liniowego dla prostego problemu decyzyjnego, rozwiązać go za pomocą standardowego oprogramowania i umiejscowić go w odpowiednim elemencie informatycznego systemu zarządzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt, zadanie domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W11</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi sformułować model programowania liniowego dla prostego problemu decyzyjnego, rozwiązać go za pomocą standardowego oprogramowania i umiejscowić go w odpowiednim elemencie informatycznego systemu zarządzania</w:t>
+        <w:t xml:space="preserve">potrafi zaplanować przedsięwzięcie metodą ścieżki krytycznej i utworzyć harmonogram realizacji zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt, zadanie domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">U04, U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaplanować przedsięwzięcie metodą ścieżki krytycznej i utworzyć harmonogram realizacji zadań</w:t>
+        <w:t xml:space="preserve">potrafi zidentyfikować odpowiednie metody planowania produkcji i usług do zadanego problemu i umiejscowić je w odpowiednim elemencie informatycznego systemu zarządzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt, zadanie domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04, U05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">U05, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>