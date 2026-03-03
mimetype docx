--- v1 (2026-02-10)
+++ v2 (2026-03-03)
@@ -847,67 +847,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W11, W06</w:t>
+        <w:t xml:space="preserve">W06, W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe modele stosowane do rozwiązywania zadań decyzyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1013,51 +1013,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować przedsięwzięcie metodą ścieżki krytycznej i utworzyć harmonogram realizacji zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>