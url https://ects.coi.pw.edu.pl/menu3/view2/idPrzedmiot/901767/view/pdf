--- v2 (2026-03-03)
+++ v3 (2026-03-24)
@@ -1013,51 +1013,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować przedsięwzięcie metodą ścieżki krytycznej i utworzyć harmonogram realizacji zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>