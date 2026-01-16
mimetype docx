--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -930,67 +930,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U07, U08, U01, U09</w:t>
+        <w:t xml:space="preserve">U02, U07, U08, U09, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,51 +1000,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U07, U08, U09, U01</w:t>
+        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1070,217 +1070,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U07, U09</w:t>
+        <w:t xml:space="preserve">U09, U02, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03, U09, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
+        <w:t xml:space="preserve">rozumie znaczenie wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz potrzebę zasięgania opinii ekspertów w przypadku trudności w samodzielnym rozwiązywaniu problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U09, U10</w:t>
+        <w:t xml:space="preserve">K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest świadomy procesu uczenia się w kierunku zwiększania kompetencji w tym obszarze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>