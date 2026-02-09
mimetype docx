--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -930,67 +930,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U07, U08, U09, U01</w:t>
+        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1070,67 +1070,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U09, U02, U07</w:t>
+        <w:t xml:space="preserve">U07, U09, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>