--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -1204,51 +1204,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stosować interpolację wielomianami i funkcjami sklejanymi, aproksymację wielomianami i Pade, numeryczne różniczkowanie funkcji i obliczanie całki. Potrafi dobrać parametry modelu metodą  aproksymacji średniokwadratowej dyskretnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>