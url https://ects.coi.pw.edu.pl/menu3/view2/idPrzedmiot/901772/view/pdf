--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -844,411 +844,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę w zakresie algorytmów numerycznych rozwiązywania równań nieliniowych i wyznaczanie zer wielomianów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę w zakresie algorytmów numerycznych rozwiązywania równań nieliniowych i wyznaczanie zer wielomianów</w:t>
+        <w:t xml:space="preserve">ma wiedzę w zakresie algorytmów numerycznych aproksymacji i interpolacji funkcji, aproksymacji pochodnych i obliczania całek</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę w zakresie algorytmów numerycznych rozwiązywania układów równań różniczkowych zwyczajnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę w zakresie algorytmów numerycznych aproksymacji i interpolacji funkcji, aproksymacji pochodnych i obliczania całek</w:t>
+        <w:t xml:space="preserve">potrafi poprawnie implementować podstawowe algorytmy faktoryzacji macierzy i stosować je do problemów algebry liniowej (rozwiązywanie układów równań liniowych, obliczanie wyznacznika, macierzy odwrotnej, wyznaczanie wartości własnych, rozwiązywanie liniowego zadania najmniejszych kwadratów), stosować algorytmy iteracyjne rozwiązywania układów równań liniowych, dekompozycję SVD</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę w zakresie algorytmów numerycznych rozwiązywania układów równań różniczkowych zwyczajnych</w:t>
+        <w:t xml:space="preserve">potrafi stosować algorytmy znajdowania zer funkcji nieliniowych i pierwiastków wielomianów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stosować interpolację wielomianami i funkcjami sklejanymi, aproksymację wielomianami i Pade, numeryczne różniczkowanie funkcji i obliczanie całki. Potrafi dobrać parametry modelu metodą  aproksymacji średniokwadratowej dyskretnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>