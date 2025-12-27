--- v0 (2025-12-01)
+++ v1 (2025-12-27)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05, U10, U01, U02</w:t>
+        <w:t xml:space="preserve">U01, U02, U05, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>