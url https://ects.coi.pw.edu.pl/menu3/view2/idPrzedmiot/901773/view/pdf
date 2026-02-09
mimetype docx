--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U05, U10</w:t>
+        <w:t xml:space="preserve">U02, U05, U10, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>