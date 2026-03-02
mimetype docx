--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U02, U05, U10, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić priorytety służące realizacji zadania, wyznaczonego przez siebie lub przełożonego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>