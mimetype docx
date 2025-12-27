--- v0 (2025-12-04)
+++ v1 (2025-12-27)
@@ -773,157 +773,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna wzorce architektoniczne w różnych widokach, zna ich zalety, wady i wie kiedy należy stosować</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna wzorce architektoniczne w różnych widokach, zna ich zalety, wady i wie kiedy należy stosować</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji warstwy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji logiki biznesowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji warstwy danych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -934,356 +1214,356 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji logiki biznesowej</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U05, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
+        <w:t xml:space="preserve">potrafi zastosować właściwe wzorce architektoniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
+        <w:t xml:space="preserve">potrafi użyć podstawowych technologii integracyjnych systemów informatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
+        <w:t xml:space="preserve">potrafi stworzyć zrąb projektu i warsztat pracy do rozwoju systemu informatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U04, U06, U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
+        <w:t xml:space="preserve">potrafi przygotować dokumentację przedstawiającą w czytelny sposób architekturę projektowanego systemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1302,388 +1582,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zastosować właściwe wzorce architektoniczne</w:t>
+        <w:t xml:space="preserve">potrafi wyszukać niezbędne informacje w zasobach literaturowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U06, U01, U02</w:t>
+        <w:t xml:space="preserve">U04, U05, U06, U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>