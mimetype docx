--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -999,71 +999,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1082,608 +1152,538 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U02, U04, U05, U06, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
+        <w:t xml:space="preserve">potrafi zastosować właściwe wzorce architektoniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi użyć podstawowych technologii integracyjnych systemów informatycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U06, U01, U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stworzyć zrąb projektu i warsztat pracy do rozwoju systemu informatycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przygotować dokumentację przedstawiającą w czytelny sposób architekturę projektowanego systemu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U05, U06, U01, U02, U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyszukać niezbędne informacje w zasobach literaturowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U02, U04, U05, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>