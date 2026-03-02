--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -859,71 +859,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji warstwy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji warstwy danych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji logiki biznesowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -942,418 +1012,488 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji logiki biznesowej</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U05, U06, U01, U02, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
+        <w:t xml:space="preserve">potrafi zastosować właściwe wzorce architektoniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
+        <w:t xml:space="preserve">potrafi użyć podstawowych technologii integracyjnych systemów informatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U04, U05, U06, U01</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zastosować właściwe wzorce architektoniczne</w:t>
+        <w:t xml:space="preserve">potrafi stworzyć zrąb projektu i warsztat pracy do rozwoju systemu informatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1372,318 +1512,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi użyć podstawowych technologii integracyjnych systemów informatycznych</w:t>
+        <w:t xml:space="preserve">potrafi przygotować dokumentację przedstawiającą w czytelny sposób architekturę projektowanego systemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U06, U01, U02</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U05, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stworzyć zrąb projektu i warsztat pracy do rozwoju systemu informatycznego</w:t>
+        <w:t xml:space="preserve">potrafi wyszukać niezbędne informacje w zasobach literaturowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U05, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>