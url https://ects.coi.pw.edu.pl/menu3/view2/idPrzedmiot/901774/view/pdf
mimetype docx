--- v3 (2026-03-02)
+++ v4 (2026-03-24)
@@ -843,87 +843,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji warstwy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji warstwy danych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji logiki biznesowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -942,58 +1012,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu projektowania i implementacji logiki biznesowej</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1012,58 +1082,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą integracji systemów klasy enterprise</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1082,608 +1152,538 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą wpływu procesów wytwarzania oprogramowania na architekturę</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W09, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu architektury wdrażania oprogramowania</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">U01, U02, U04, U05, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować właściwą architekturę systemu, dokonać świadome decyzje architektonicznych i je uzasadnić</w:t>
+        <w:t xml:space="preserve">potrafi zastosować właściwe wzorce architektoniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U04, U06, U01, U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi użyć podstawowych technologii integracyjnych systemów informatycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stworzyć zrąb projektu i warsztat pracy do rozwoju systemu informatycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U06, U01, U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przygotować dokumentację przedstawiającą w czytelny sposób architekturę projektowanego systemu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04, U05, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyszukać niezbędne informacje w zasobach literaturowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U05, U06, U01, U02, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>